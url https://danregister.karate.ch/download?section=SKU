--- v0 (2025-12-07)
+++ v1 (2025-12-13)
@@ -3288,51 +3288,51 @@
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Zeljko</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>Pesic</t>
         </is>
       </c>
       <c r="E109" s="4" t="inlineStr">
         <is>
           <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G109" s="4"/>
     </row>
     <row r="110">
       <c r="A110" s="4" t="n">
-        <v>7442</v>
+        <v>7500</v>
       </c>
       <c r="B110" s="4" t="n">
         <v>4</v>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Stoudmann</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>Peter</t>
         </is>
       </c>
       <c r="E110" s="4" t="inlineStr">
         <is>
           <t>Shorin Ryu</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G110" s="4"/>
@@ -4278,51 +4278,51 @@
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Giovanni</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>Cagnoli</t>
         </is>
       </c>
       <c r="E143" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G143" s="4"/>
     </row>
     <row r="144">
       <c r="A144" s="4" t="n">
-        <v>7443</v>
+        <v>7502</v>
       </c>
       <c r="B144" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Jaramillo</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>Carmen</t>
         </is>
       </c>
       <c r="E144" s="4" t="inlineStr">
         <is>
           <t>Shorin Ryu</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G144" s="4"/>
@@ -4481,51 +4481,51 @@
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Sebastian</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>Cichowski</t>
         </is>
       </c>
       <c r="E150" s="4" t="inlineStr">
         <is>
           <t>Shisui Ryu</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G150" s="4"/>
     </row>
     <row r="151">
       <c r="A151" s="4" t="n">
-        <v>7444</v>
+        <v>7501</v>
       </c>
       <c r="B151" s="4" t="n">
         <v>3</v>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Betrisey-Bonvin</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>Claudia</t>
         </is>
       </c>
       <c r="E151" s="4" t="inlineStr">
         <is>
           <t>Shorin Ryu</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G151" s="4"/>
@@ -10442,97 +10442,97 @@
       </c>
       <c r="C355" s="4" t="inlineStr">
         <is>
           <t>Marco</t>
         </is>
       </c>
       <c r="D355" s="4" t="inlineStr">
         <is>
           <t>Félicio</t>
         </is>
       </c>
       <c r="E355" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F355" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G355" s="4"/>
     </row>
     <row r="356">
       <c r="A356" s="4" t="n">
-        <v>4476</v>
+        <v>1064</v>
       </c>
       <c r="B356" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C356" s="4" t="inlineStr">
         <is>
-          <t>Alvaro</t>
+          <t>Antonio</t>
         </is>
       </c>
       <c r="D356" s="4" t="inlineStr">
         <is>
           <t>Fernandez</t>
         </is>
       </c>
       <c r="E356" s="4" t="inlineStr">
         <is>
-          <t>Shotokan</t>
+          <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F356" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G356" s="4"/>
     </row>
     <row r="357">
       <c r="A357" s="4" t="n">
-        <v>1064</v>
+        <v>4476</v>
       </c>
       <c r="B357" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C357" s="4" t="inlineStr">
         <is>
-          <t>Antonio</t>
+          <t>Alvaro</t>
         </is>
       </c>
       <c r="D357" s="4" t="inlineStr">
         <is>
           <t>Fernandez</t>
         </is>
       </c>
       <c r="E357" s="4" t="inlineStr">
         <is>
-          <t>Goju-Ryu</t>
+          <t>Shotokan</t>
         </is>
       </c>
       <c r="F357" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G357" s="4"/>
     </row>
     <row r="358">
       <c r="A358" s="4" t="n">
         <v>1070</v>
       </c>
       <c r="B358" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C358" s="4" t="inlineStr">
         <is>
           <t>Jorge</t>
         </is>
       </c>
       <c r="D358" s="4" t="inlineStr">
         <is>
           <t>Ferreira</t>
         </is>
@@ -13735,51 +13735,51 @@
       </c>
       <c r="C468" s="4" t="inlineStr">
         <is>
           <t>Kurt</t>
         </is>
       </c>
       <c r="D468" s="4" t="inlineStr">
         <is>
           <t>Michel</t>
         </is>
       </c>
       <c r="E468" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F468" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G468" s="4"/>
     </row>
     <row r="469">
       <c r="A469" s="4" t="n">
-        <v>7445</v>
+        <v>7503</v>
       </c>
       <c r="B469" s="4" t="n">
         <v>2</v>
       </c>
       <c r="C469" s="4" t="inlineStr">
         <is>
           <t>Zingg</t>
         </is>
       </c>
       <c r="D469" s="4" t="inlineStr">
         <is>
           <t>Michi</t>
         </is>
       </c>
       <c r="E469" s="4" t="inlineStr">
         <is>
           <t>Goju Ryu</t>
         </is>
       </c>
       <c r="F469" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G469" s="4"/>
@@ -17281,51 +17281,51 @@
       </c>
       <c r="C590" s="4" t="inlineStr">
         <is>
           <t>Beat</t>
         </is>
       </c>
       <c r="D590" s="4" t="inlineStr">
         <is>
           <t>Aeschlimann</t>
         </is>
       </c>
       <c r="E590" s="4" t="inlineStr">
         <is>
           <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F590" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G590" s="4"/>
     </row>
     <row r="591">
       <c r="A591" s="4" t="n">
-        <v>7455</v>
+        <v>7513</v>
       </c>
       <c r="B591" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C591" s="4" t="inlineStr">
         <is>
           <t>Jaqueline</t>
         </is>
       </c>
       <c r="D591" s="4" t="inlineStr">
         <is>
           <t>Agussol</t>
         </is>
       </c>
       <c r="E591" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F591" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G591" s="4"/>
@@ -18942,51 +18942,51 @@
       </c>
       <c r="C647" s="4" t="inlineStr">
         <is>
           <t>Béatrice</t>
         </is>
       </c>
       <c r="D647" s="4" t="inlineStr">
         <is>
           <t>Becker</t>
         </is>
       </c>
       <c r="E647" s="4" t="inlineStr">
         <is>
           <t>Fudokan</t>
         </is>
       </c>
       <c r="F647" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G647" s="4"/>
     </row>
     <row r="648">
       <c r="A648" s="4" t="n">
-        <v>7451</v>
+        <v>7509</v>
       </c>
       <c r="B648" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C648" s="4" t="inlineStr">
         <is>
           <t>Elie</t>
         </is>
       </c>
       <c r="D648" s="4" t="inlineStr">
         <is>
           <t>Bellemare</t>
         </is>
       </c>
       <c r="E648" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F648" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G648" s="4"/>
@@ -19638,80 +19638,80 @@
       </c>
       <c r="C671" s="4" t="inlineStr">
         <is>
           <t>Fabio</t>
         </is>
       </c>
       <c r="D671" s="4" t="inlineStr">
         <is>
           <t>Bologna</t>
         </is>
       </c>
       <c r="E671" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F671" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G671" s="4"/>
     </row>
     <row r="672">
       <c r="A672" s="4" t="n">
-        <v>7449</v>
+        <v>7507</v>
       </c>
       <c r="B672" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C672" s="4" t="inlineStr">
         <is>
           <t>Pauline</t>
         </is>
       </c>
       <c r="D672" s="4" t="inlineStr">
         <is>
           <t>Bonjour</t>
         </is>
       </c>
       <c r="E672" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F672" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G672" s="4"/>
     </row>
     <row r="673">
       <c r="A673" s="4" t="n">
-        <v>7448</v>
+        <v>7506</v>
       </c>
       <c r="B673" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C673" s="4" t="inlineStr">
         <is>
           <t>Shanïa</t>
         </is>
       </c>
       <c r="D673" s="4" t="inlineStr">
         <is>
           <t>Bonny</t>
         </is>
       </c>
       <c r="E673" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F673" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G673" s="4"/>
@@ -20777,51 +20777,51 @@
       </c>
       <c r="C710" s="4" t="inlineStr">
         <is>
           <t>Ricardo</t>
         </is>
       </c>
       <c r="D710" s="4" t="inlineStr">
         <is>
           <t>Castro</t>
         </is>
       </c>
       <c r="E710" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F710" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G710" s="4"/>
     </row>
     <row r="711">
       <c r="A711" s="4" t="n">
-        <v>7461</v>
+        <v>7519</v>
       </c>
       <c r="B711" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C711" s="4" t="inlineStr">
         <is>
           <t>Sylvia</t>
         </is>
       </c>
       <c r="D711" s="4" t="inlineStr">
         <is>
           <t>Castro</t>
         </is>
       </c>
       <c r="E711" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F711" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G711" s="4"/>
@@ -20893,51 +20893,51 @@
       </c>
       <c r="C714" s="4" t="inlineStr">
         <is>
           <t>Christophe</t>
         </is>
       </c>
       <c r="D714" s="4" t="inlineStr">
         <is>
           <t>Cebey</t>
         </is>
       </c>
       <c r="E714" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F714" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G714" s="4"/>
     </row>
     <row r="715">
       <c r="A715" s="4" t="n">
-        <v>7468</v>
+        <v>7526</v>
       </c>
       <c r="B715" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C715" s="4" t="inlineStr">
         <is>
           <t>Tarun</t>
         </is>
       </c>
       <c r="D715" s="4" t="inlineStr">
         <is>
           <t>Chandrasekar</t>
         </is>
       </c>
       <c r="E715" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F715" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G715" s="4"/>
@@ -21212,51 +21212,51 @@
       </c>
       <c r="C725" s="4" t="inlineStr">
         <is>
           <t>Léa</t>
         </is>
       </c>
       <c r="D725" s="4" t="inlineStr">
         <is>
           <t>Cochet</t>
         </is>
       </c>
       <c r="E725" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F725" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G725" s="4"/>
     </row>
     <row r="726">
       <c r="A726" s="4" t="n">
-        <v>7466</v>
+        <v>7524</v>
       </c>
       <c r="B726" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C726" s="4" t="inlineStr">
         <is>
           <t>Estanislau</t>
         </is>
       </c>
       <c r="D726" s="4" t="inlineStr">
         <is>
           <t>Cojocaru</t>
         </is>
       </c>
       <c r="E726" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F726" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G726" s="4"/>
@@ -21850,51 +21850,51 @@
       </c>
       <c r="C747" s="4" t="inlineStr">
         <is>
           <t>Camille</t>
         </is>
       </c>
       <c r="D747" s="4" t="inlineStr">
         <is>
           <t>Darbellay</t>
         </is>
       </c>
       <c r="E747" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F747" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G747" s="4"/>
     </row>
     <row r="748">
       <c r="A748" s="4" t="n">
-        <v>7464</v>
+        <v>7522</v>
       </c>
       <c r="B748" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C748" s="4" t="inlineStr">
         <is>
           <t>Emeline</t>
         </is>
       </c>
       <c r="D748" s="4" t="inlineStr">
         <is>
           <t>Darcot Lugand</t>
         </is>
       </c>
       <c r="E748" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F748" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G748" s="4"/>
@@ -22285,51 +22285,51 @@
       </c>
       <c r="C762" s="4" t="inlineStr">
         <is>
           <t>Sabri</t>
         </is>
       </c>
       <c r="D762" s="4" t="inlineStr">
         <is>
           <t>De Martin</t>
         </is>
       </c>
       <c r="E762" s="4" t="inlineStr">
         <is>
           <t>Shito-Ryu</t>
         </is>
       </c>
       <c r="F762" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G762" s="4"/>
     </row>
     <row r="763">
       <c r="A763" s="4" t="n">
-        <v>7452</v>
+        <v>7510</v>
       </c>
       <c r="B763" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C763" s="4" t="inlineStr">
         <is>
           <t>Marianna</t>
         </is>
       </c>
       <c r="D763" s="4" t="inlineStr">
         <is>
           <t>Dematos Cordeiro</t>
         </is>
       </c>
       <c r="E763" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F763" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G763" s="4"/>
@@ -22923,51 +22923,51 @@
       </c>
       <c r="C784" s="4" t="inlineStr">
         <is>
           <t>Tatiana</t>
         </is>
       </c>
       <c r="D784" s="4" t="inlineStr">
         <is>
           <t>Duarte</t>
         </is>
       </c>
       <c r="E784" s="4" t="inlineStr">
         <is>
           <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F784" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G784" s="4"/>
     </row>
     <row r="785">
       <c r="A785" s="4" t="n">
-        <v>7460</v>
+        <v>7518</v>
       </c>
       <c r="B785" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C785" s="4" t="inlineStr">
         <is>
           <t>Tana</t>
         </is>
       </c>
       <c r="D785" s="4" t="inlineStr">
         <is>
           <t>Dubel</t>
         </is>
       </c>
       <c r="E785" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F785" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G785" s="4"/>
@@ -23416,51 +23416,51 @@
       </c>
       <c r="C801" s="4" t="inlineStr">
         <is>
           <t>Flurim</t>
         </is>
       </c>
       <c r="D801" s="4" t="inlineStr">
         <is>
           <t>Elezi</t>
         </is>
       </c>
       <c r="E801" s="4" t="inlineStr">
         <is>
           <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F801" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G801" s="4"/>
     </row>
     <row r="802">
       <c r="A802" s="4" t="n">
-        <v>7459</v>
+        <v>7517</v>
       </c>
       <c r="B802" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C802" s="4" t="inlineStr">
         <is>
           <t>Exaucer</t>
         </is>
       </c>
       <c r="D802" s="4" t="inlineStr">
         <is>
           <t>Elonga</t>
         </is>
       </c>
       <c r="E802" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F802" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G802" s="4"/>
@@ -25011,51 +25011,51 @@
       </c>
       <c r="C856" s="4" t="inlineStr">
         <is>
           <t>Marcel</t>
         </is>
       </c>
       <c r="D856" s="4" t="inlineStr">
         <is>
           <t>Geissbühler</t>
         </is>
       </c>
       <c r="E856" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F856" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G856" s="4"/>
     </row>
     <row r="857">
       <c r="A857" s="4" t="n">
-        <v>7446</v>
+        <v>7504</v>
       </c>
       <c r="B857" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C857" s="4" t="inlineStr">
         <is>
           <t>Arnaud</t>
         </is>
       </c>
       <c r="D857" s="4" t="inlineStr">
         <is>
           <t>Genevay</t>
         </is>
       </c>
       <c r="E857" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F857" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G857" s="4"/>
@@ -25127,51 +25127,51 @@
       </c>
       <c r="C860" s="4" t="inlineStr">
         <is>
           <t>Nicolai</t>
         </is>
       </c>
       <c r="D860" s="4" t="inlineStr">
         <is>
           <t>Gereon</t>
         </is>
       </c>
       <c r="E860" s="4" t="inlineStr">
         <is>
           <t>Goju-Ryu</t>
         </is>
       </c>
       <c r="F860" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G860" s="4"/>
     </row>
     <row r="861">
       <c r="A861" s="4" t="n">
-        <v>7469</v>
+        <v>7527</v>
       </c>
       <c r="B861" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C861" s="4" t="inlineStr">
         <is>
           <t>Jakub</t>
         </is>
       </c>
       <c r="D861" s="4" t="inlineStr">
         <is>
           <t>Gerlowicz</t>
         </is>
       </c>
       <c r="E861" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F861" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G861" s="4"/>
@@ -26374,51 +26374,51 @@
       </c>
       <c r="C903" s="4" t="inlineStr">
         <is>
           <t>Eleonore</t>
         </is>
       </c>
       <c r="D903" s="4" t="inlineStr">
         <is>
           <t>Halbich</t>
         </is>
       </c>
       <c r="E903" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F903" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G903" s="4"/>
     </row>
     <row r="904">
       <c r="A904" s="4" t="n">
-        <v>7458</v>
+        <v>7516</v>
       </c>
       <c r="B904" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C904" s="4" t="inlineStr">
         <is>
           <t>Nicolas</t>
         </is>
       </c>
       <c r="D904" s="4" t="inlineStr">
         <is>
           <t>Halbich</t>
         </is>
       </c>
       <c r="E904" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F904" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G904" s="4"/>
@@ -27020,51 +27020,51 @@
       </c>
       <c r="C925" s="4" t="inlineStr">
         <is>
           <t>Christian</t>
         </is>
       </c>
       <c r="D925" s="4" t="inlineStr">
         <is>
           <t>Hofer</t>
         </is>
       </c>
       <c r="E925" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F925" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G925" s="4"/>
     </row>
     <row r="926">
       <c r="A926" s="4" t="n">
-        <v>7453</v>
+        <v>7511</v>
       </c>
       <c r="B926" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C926" s="4" t="inlineStr">
         <is>
           <t>Anika</t>
         </is>
       </c>
       <c r="D926" s="4" t="inlineStr">
         <is>
           <t>Hoffmann¨</t>
         </is>
       </c>
       <c r="E926" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F926" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G926" s="4"/>
@@ -33382,51 +33382,51 @@
       </c>
       <c r="C1143" s="4" t="inlineStr">
         <is>
           <t>Yoann</t>
         </is>
       </c>
       <c r="D1143" s="4" t="inlineStr">
         <is>
           <t>Orantes</t>
         </is>
       </c>
       <c r="E1143" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1143" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G1143" s="4"/>
     </row>
     <row r="1144">
       <c r="A1144" s="4" t="n">
-        <v>7465</v>
+        <v>7523</v>
       </c>
       <c r="B1144" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1144" s="4" t="inlineStr">
         <is>
           <t>Bajro</t>
         </is>
       </c>
       <c r="D1144" s="4" t="inlineStr">
         <is>
           <t>Osmanovic</t>
         </is>
       </c>
       <c r="E1144" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1144" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G1144" s="4"/>
@@ -33643,51 +33643,51 @@
       </c>
       <c r="C1152" s="4" t="inlineStr">
         <is>
           <t>Sophie</t>
         </is>
       </c>
       <c r="D1152" s="4" t="inlineStr">
         <is>
           <t>Passaseo</t>
         </is>
       </c>
       <c r="E1152" s="4" t="inlineStr">
         <is>
           <t>Sport Karate</t>
         </is>
       </c>
       <c r="F1152" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G1152" s="4"/>
     </row>
     <row r="1153">
       <c r="A1153" s="4" t="n">
-        <v>7463</v>
+        <v>7521</v>
       </c>
       <c r="B1153" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1153" s="4" t="inlineStr">
         <is>
           <t>Fernando</t>
         </is>
       </c>
       <c r="D1153" s="4" t="inlineStr">
         <is>
           <t>Passaseo</t>
         </is>
       </c>
       <c r="E1153" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1153" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G1153" s="4"/>
@@ -33701,51 +33701,51 @@
       </c>
       <c r="C1154" s="4" t="inlineStr">
         <is>
           <t>Léo</t>
         </is>
       </c>
       <c r="D1154" s="4" t="inlineStr">
         <is>
           <t>Paubel</t>
         </is>
       </c>
       <c r="E1154" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1154" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G1154" s="4"/>
     </row>
     <row r="1155">
       <c r="A1155" s="4" t="n">
-        <v>7450</v>
+        <v>7508</v>
       </c>
       <c r="B1155" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1155" s="4" t="inlineStr">
         <is>
           <t>Théo</t>
         </is>
       </c>
       <c r="D1155" s="4" t="inlineStr">
         <is>
           <t>Pedro</t>
         </is>
       </c>
       <c r="E1155" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1155" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G1155" s="4"/>
@@ -35246,80 +35246,80 @@
       </c>
       <c r="C1207" s="4" t="inlineStr">
         <is>
           <t>Jean-Noel</t>
         </is>
       </c>
       <c r="D1207" s="4" t="inlineStr">
         <is>
           <t>Rey</t>
         </is>
       </c>
       <c r="E1207" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1207" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G1207" s="4"/>
     </row>
     <row r="1208">
       <c r="A1208" s="4" t="n">
-        <v>7456</v>
+        <v>7514</v>
       </c>
       <c r="B1208" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1208" s="4" t="inlineStr">
         <is>
           <t>Christine</t>
         </is>
       </c>
       <c r="D1208" s="4" t="inlineStr">
         <is>
           <t>Rey</t>
         </is>
       </c>
       <c r="E1208" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1208" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G1208" s="4"/>
     </row>
     <row r="1209">
       <c r="A1209" s="4" t="n">
-        <v>7467</v>
+        <v>7525</v>
       </c>
       <c r="B1209" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1209" s="4" t="inlineStr">
         <is>
           <t>Océane</t>
         </is>
       </c>
       <c r="D1209" s="4" t="inlineStr">
         <is>
           <t>Richon</t>
         </is>
       </c>
       <c r="E1209" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1209" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G1209" s="4"/>
@@ -37276,51 +37276,51 @@
       </c>
       <c r="C1277" s="4" t="inlineStr">
         <is>
           <t>Martin</t>
         </is>
       </c>
       <c r="D1277" s="4" t="inlineStr">
         <is>
           <t>Schneuwly</t>
         </is>
       </c>
       <c r="E1277" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1277" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G1277" s="4"/>
     </row>
     <row r="1278">
       <c r="A1278" s="4" t="n">
-        <v>7454</v>
+        <v>7512</v>
       </c>
       <c r="B1278" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1278" s="4" t="inlineStr">
         <is>
           <t>Hakan</t>
         </is>
       </c>
       <c r="D1278" s="4" t="inlineStr">
         <is>
           <t>Schöpfer</t>
         </is>
       </c>
       <c r="E1278" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1278" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G1278" s="4"/>
@@ -37595,51 +37595,51 @@
       </c>
       <c r="C1288" s="4" t="inlineStr">
         <is>
           <t>Jean-François</t>
         </is>
       </c>
       <c r="D1288" s="4" t="inlineStr">
         <is>
           <t>Seitlinger</t>
         </is>
       </c>
       <c r="E1288" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1288" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G1288" s="4"/>
     </row>
     <row r="1289">
       <c r="A1289" s="4" t="n">
-        <v>7462</v>
+        <v>7520</v>
       </c>
       <c r="B1289" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1289" s="4" t="inlineStr">
         <is>
           <t>Ratko</t>
         </is>
       </c>
       <c r="D1289" s="4" t="inlineStr">
         <is>
           <t>Sekerija</t>
         </is>
       </c>
       <c r="E1289" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1289" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G1289" s="4"/>
@@ -39297,51 +39297,51 @@
       </c>
       <c r="C1346" s="4" t="inlineStr">
         <is>
           <t>Maella</t>
         </is>
       </c>
       <c r="D1346" s="4" t="inlineStr">
         <is>
           <t>Tarsi</t>
         </is>
       </c>
       <c r="E1346" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1346" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G1346" s="4"/>
     </row>
     <row r="1347">
       <c r="A1347" s="4" t="n">
-        <v>7447</v>
+        <v>7505</v>
       </c>
       <c r="B1347" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1347" s="4" t="inlineStr">
         <is>
           <t>Salim</t>
         </is>
       </c>
       <c r="D1347" s="4" t="inlineStr">
         <is>
           <t>Tawfik</t>
         </is>
       </c>
       <c r="E1347" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1347" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G1347" s="4"/>
@@ -41215,51 +41215,51 @@
       </c>
       <c r="C1412" s="4" t="inlineStr">
         <is>
           <t>Simon</t>
         </is>
       </c>
       <c r="D1412" s="4" t="inlineStr">
         <is>
           <t>Wegmüller</t>
         </is>
       </c>
       <c r="E1412" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1412" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G1412" s="4"/>
     </row>
     <row r="1413">
       <c r="A1413" s="4" t="n">
-        <v>7457</v>
+        <v>7515</v>
       </c>
       <c r="B1413" s="4" t="n">
         <v>1</v>
       </c>
       <c r="C1413" s="4" t="inlineStr">
         <is>
           <t>Levin</t>
         </is>
       </c>
       <c r="D1413" s="4" t="inlineStr">
         <is>
           <t>Wenger</t>
         </is>
       </c>
       <c r="E1413" s="4" t="inlineStr">
         <is>
           <t>Shotokan</t>
         </is>
       </c>
       <c r="F1413" s="4" t="inlineStr">
         <is>
           <t>SKU</t>
         </is>
       </c>
       <c r="G1413" s="4"/>